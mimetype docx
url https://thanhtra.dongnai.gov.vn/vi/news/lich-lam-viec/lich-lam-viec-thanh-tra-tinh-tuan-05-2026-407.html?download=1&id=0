--- v0 (2026-02-04)
+++ v1 (2026-03-28)
@@ -2173,1711 +2173,2196 @@
               <w:rPr>
                 <w:rStyle w:val="s1"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidR="00D017B7" w:rsidRPr="00D017B7">
               <w:rPr>
                 <w:rStyle w:val="s1"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Phòng họp B (Tầng 8).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F062E1" w:rsidRPr="009B5038" w14:paraId="790D41BD" w14:textId="77777777" w:rsidTr="00966BA4">
+      <w:tr w:rsidR="0068749E" w:rsidRPr="009B5038" w14:paraId="790D41BD" w14:textId="77777777" w:rsidTr="00966BA4">
         <w:trPr>
           <w:trHeight w:val="483"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="30D01E73" w14:textId="77777777" w:rsidR="00F25766" w:rsidRPr="009B5038" w:rsidRDefault="00F25766" w:rsidP="00C24852">
+          <w:p w14:paraId="325BFDCF" w14:textId="77777777" w:rsidR="0068749E" w:rsidRPr="0068749E" w:rsidRDefault="0068749E" w:rsidP="0068749E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="-114" w:right="-102" w:hanging="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B5038">
+            <w:r w:rsidRPr="0068749E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>THỨ BA</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3B2CECA2" w14:textId="0271FE50" w:rsidR="00F25766" w:rsidRPr="009B5038" w:rsidRDefault="00F25766" w:rsidP="00C24852">
+          <w:p w14:paraId="3B2CECA2" w14:textId="0E24AE44" w:rsidR="0068749E" w:rsidRPr="0068749E" w:rsidRDefault="0068749E" w:rsidP="0068749E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="-114" w:right="-102" w:hanging="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B5038">
+            <w:r w:rsidRPr="0068749E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...19 lines deleted...]
-              <w:t>/2026)</w:t>
+              <w:t>(03/02/2026)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="457EC7EF" w14:textId="3FD525EB" w:rsidR="00F25766" w:rsidRPr="009B5038" w:rsidRDefault="00F25766" w:rsidP="00C24852">
+          <w:p w14:paraId="457EC7EF" w14:textId="5B3CB456" w:rsidR="0068749E" w:rsidRPr="0068749E" w:rsidRDefault="0068749E" w:rsidP="0068749E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="-114" w:right="-111"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B5038">
+            <w:r w:rsidRPr="0068749E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>Sáng</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8644" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1FE90C3A" w14:textId="0A7C340B" w:rsidR="007550B9" w:rsidRPr="009B5038" w:rsidRDefault="00D60258" w:rsidP="00D60258">
+          <w:p w14:paraId="06F63DEE" w14:textId="77777777" w:rsidR="0068749E" w:rsidRPr="0068749E" w:rsidRDefault="0068749E" w:rsidP="0068749E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="-105" w:right="-105" w:firstLine="138"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B5038">
+            <w:r w:rsidRPr="0068749E">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
-              <w:t xml:space="preserve">1. </w:t>
+              <w:t>1. Chánh Thanh tra và các Phó Chánh Thanh tra (</w:t>
             </w:r>
-            <w:r w:rsidR="006768C2" w:rsidRPr="009B5038">
-[...17 lines deleted...]
-            <w:r w:rsidR="00B16C57" w:rsidRPr="009B5038">
+            <w:r w:rsidRPr="0068749E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:eastAsia="vi-VN"/>
               </w:rPr>
-              <w:t>Hồ Thanh Bông,</w:t>
+              <w:t>Hồ Thanh Bông, Trần Thị Song Bình)</w:t>
             </w:r>
-            <w:r w:rsidR="00CA3625" w:rsidRPr="009B5038">
-[...10 lines deleted...]
-            <w:r w:rsidR="006768C2" w:rsidRPr="009B5038">
+            <w:r w:rsidRPr="0068749E">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:r w:rsidR="006768C2" w:rsidRPr="009B5038">
+            <w:r w:rsidRPr="0068749E">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>Làm việc tại cơ quan.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="51A2ACFC" w14:textId="4A0A661B" w:rsidR="00854DEC" w:rsidRPr="009B5038" w:rsidRDefault="00D60258" w:rsidP="000C17BA">
+          <w:p w14:paraId="2FB29673" w14:textId="77777777" w:rsidR="0068749E" w:rsidRPr="0068749E" w:rsidRDefault="0068749E" w:rsidP="0068749E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="-105" w:right="-105" w:firstLine="138"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B5038">
+            <w:r w:rsidRPr="0068749E">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
-              <w:t xml:space="preserve">2. </w:t>
+              <w:t xml:space="preserve">2. Phó Chánh Thanh tra Phạm Văn Thuấn: </w:t>
             </w:r>
-            <w:r w:rsidR="00854DEC" w:rsidRPr="009B5038">
-[...8 lines deleted...]
-            <w:r w:rsidR="00854DEC" w:rsidRPr="009B5038">
+            <w:r w:rsidRPr="0068749E">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>Đi thăm, chúc tết và tặng quà của Tỉnh ủy, HĐND, UBND, UBMTTQ Việt Nam tỉnh đối với Mẹ Việt Nam anh hùng, Anh hùng Lực lượng vũ trang nhân dịp Xuân Bình Ngọ năm 2026 (Đoàn số 9).</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="599FB16B" w14:textId="5DD492BF" w:rsidR="00854DEC" w:rsidRPr="009B5038" w:rsidRDefault="00854DEC" w:rsidP="000C17BA">
+          <w:p w14:paraId="71427C16" w14:textId="77777777" w:rsidR="0068749E" w:rsidRPr="0068749E" w:rsidRDefault="0068749E" w:rsidP="0068749E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="-105" w:right="-105" w:firstLine="138"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B5038">
+            <w:r w:rsidRPr="0068749E">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
               <w:t xml:space="preserve">Thời gian, địa điểm: </w:t>
             </w:r>
-            <w:r w:rsidRPr="009B5038">
+            <w:r w:rsidRPr="0068749E">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>Theo lịch trình tại Thông báo số 14-TB/BNCTU ngày 26/01/2026 của Ban Nội chính Tỉnh ủy (Lái xe: Khang).</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="490272A1" w14:textId="38E10AB6" w:rsidR="00D60258" w:rsidRPr="009B5038" w:rsidRDefault="00B16C57" w:rsidP="00D60258">
+          <w:p w14:paraId="1E9F4EAE" w14:textId="77777777" w:rsidR="0068749E" w:rsidRPr="0068749E" w:rsidRDefault="0068749E" w:rsidP="0068749E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="-105" w:right="-105" w:firstLine="138"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:eastAsia="vi-VN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B5038">
+            <w:r w:rsidRPr="0068749E">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
               <w:t xml:space="preserve">3. </w:t>
             </w:r>
-            <w:r w:rsidR="000853BE" w:rsidRPr="009B5038">
+            <w:r w:rsidRPr="0068749E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:eastAsia="vi-VN"/>
               </w:rPr>
               <w:t>Phó Chánh Thanh tra Phạm Ngọc Hà:</w:t>
             </w:r>
-            <w:r w:rsidR="000853BE" w:rsidRPr="009B5038">
+            <w:r w:rsidRPr="0068749E">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:eastAsia="vi-VN"/>
               </w:rPr>
               <w:t xml:space="preserve"> Dự Công bố Quyết định về Thanh tra công tác quản lý, cấp phép, khai thác khoáng sản trên địa bàn tỉnh Đồng Nai.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0D4F8B05" w14:textId="77777777" w:rsidR="000853BE" w:rsidRPr="009B5038" w:rsidRDefault="000853BE" w:rsidP="00D60258">
+          <w:p w14:paraId="609A3842" w14:textId="77777777" w:rsidR="0068749E" w:rsidRPr="0068749E" w:rsidRDefault="0068749E" w:rsidP="0068749E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="-105" w:right="-105" w:firstLine="138"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:eastAsia="vi-VN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B5038">
+            <w:r w:rsidRPr="0068749E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:eastAsia="vi-VN"/>
               </w:rPr>
               <w:t>Thành phần:</w:t>
             </w:r>
-            <w:r w:rsidRPr="009B5038">
+            <w:r w:rsidRPr="0068749E">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:eastAsia="vi-VN"/>
               </w:rPr>
               <w:t xml:space="preserve"> Giao Đoàn Thanh tra mời.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2CFCCB3A" w14:textId="53A60AFB" w:rsidR="000853BE" w:rsidRPr="009B5038" w:rsidRDefault="000853BE" w:rsidP="00D60258">
+          <w:p w14:paraId="2CFCCB3A" w14:textId="176D2E05" w:rsidR="0068749E" w:rsidRPr="0068749E" w:rsidRDefault="0068749E" w:rsidP="0068749E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="-105" w:right="-105" w:firstLine="138"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:eastAsia="vi-VN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B5038">
+            <w:r w:rsidRPr="0068749E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:eastAsia="vi-VN"/>
               </w:rPr>
               <w:t>Thời gian, địa điểm:</w:t>
             </w:r>
-            <w:r w:rsidRPr="009B5038">
+            <w:r w:rsidRPr="0068749E">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:eastAsia="vi-VN"/>
               </w:rPr>
               <w:t xml:space="preserve"> 09 giờ 00 phút, tại Hội trường Thanh tra tỉnh (Tầng 5).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F062E1" w:rsidRPr="009B5038" w14:paraId="23EC8845" w14:textId="77777777" w:rsidTr="00966BA4">
+      <w:tr w:rsidR="0068749E" w:rsidRPr="009B5038" w14:paraId="23EC8845" w14:textId="77777777" w:rsidTr="00966BA4">
         <w:trPr>
           <w:trHeight w:val="523"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F587BC7" w14:textId="77777777" w:rsidR="00F25766" w:rsidRPr="009B5038" w:rsidRDefault="00F25766" w:rsidP="00C24852">
+          <w:p w14:paraId="5F587BC7" w14:textId="77777777" w:rsidR="0068749E" w:rsidRPr="0068749E" w:rsidRDefault="0068749E" w:rsidP="0068749E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="-114" w:right="-102" w:hanging="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60917402" w14:textId="79B1D855" w:rsidR="00F25766" w:rsidRPr="009B5038" w:rsidRDefault="00F25766" w:rsidP="00C24852">
+          <w:p w14:paraId="60917402" w14:textId="425C95A8" w:rsidR="0068749E" w:rsidRPr="0068749E" w:rsidRDefault="0068749E" w:rsidP="0068749E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="-114" w:right="-111"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B5038">
+            <w:r w:rsidRPr="0068749E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>Chiều</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8644" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="777B6FD6" w14:textId="4803ADFA" w:rsidR="007D6D3D" w:rsidRPr="009B5038" w:rsidRDefault="005C6906" w:rsidP="000C17BA">
+          <w:p w14:paraId="3BB9F183" w14:textId="77777777" w:rsidR="0068749E" w:rsidRPr="0068749E" w:rsidRDefault="0068749E" w:rsidP="0068749E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="-105" w:right="-105" w:firstLine="138"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:eastAsia="vi-VN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B5038">
+            <w:r w:rsidRPr="0068749E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:eastAsia="vi-VN"/>
               </w:rPr>
-              <w:t xml:space="preserve">1. </w:t>
+              <w:t xml:space="preserve">1. Chánh Thanh tra: </w:t>
             </w:r>
-            <w:r w:rsidR="007D6D3D" w:rsidRPr="009B5038">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="0068749E">
+              <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:eastAsia="vi-VN"/>
               </w:rPr>
-              <w:t>Chánh Thanh tra</w:t>
-[...19 lines deleted...]
-              <w:t>Làm việc tại cơ quan.</w:t>
+              <w:t>Tham dự Hội thảo khoa học cấp tỉnh lấy ý kiến “Điều chỉnh Quy hoạch tỉnh Đồng Nai thời kỳ 2021-2030, tầm nhìn đến năm 2050”.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="58E91B5B" w14:textId="46B24A48" w:rsidR="00905A38" w:rsidRPr="009B5038" w:rsidRDefault="004F638B" w:rsidP="000C17BA">
+          <w:p w14:paraId="67730E6C" w14:textId="77777777" w:rsidR="0068749E" w:rsidRPr="0068749E" w:rsidRDefault="0068749E" w:rsidP="0068749E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="-105" w:right="-105" w:firstLine="138"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...6 lines deleted...]
-              <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:eastAsia="vi-VN"/>
               </w:rPr>
-              <w:t xml:space="preserve">2. </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00905A38" w:rsidRPr="009B5038">
+            </w:pPr>
+            <w:r w:rsidRPr="0068749E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:eastAsia="vi-VN"/>
               </w:rPr>
-              <w:t xml:space="preserve">Phó Chánh Thanh tra Trần Thị Song Bình: </w:t>
+              <w:t xml:space="preserve">Thời gian, địa điểm: </w:t>
             </w:r>
-            <w:r w:rsidR="00905A38" w:rsidRPr="009B5038">
+            <w:r w:rsidRPr="0068749E">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:eastAsia="vi-VN"/>
               </w:rPr>
-              <w:t>Chủ trì làm việc theo nội dung đơn của công dân.</w:t>
+              <w:t>14 giờ 00 phút, tại Hội trường tầng 1, Trụ sở Khối nhà nước (Lái xe: Tỷ).</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="79306A8E" w14:textId="3CE6E8FD" w:rsidR="00905A38" w:rsidRPr="009B5038" w:rsidRDefault="00905A38" w:rsidP="000C17BA">
+          <w:p w14:paraId="43FD2B49" w14:textId="77777777" w:rsidR="0068749E" w:rsidRPr="0068749E" w:rsidRDefault="0068749E" w:rsidP="0068749E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="-105" w:right="-105" w:firstLine="138"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:eastAsia="vi-VN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B5038">
+            <w:r w:rsidRPr="0068749E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:eastAsia="vi-VN"/>
               </w:rPr>
-              <w:t>Thành phần:</w:t>
+              <w:t xml:space="preserve">2. Các Phó Chánh Thanh tra (Phạm Văn Thuấn, Hồ Thanh Bông, Phạm Ngọc Hà): </w:t>
             </w:r>
-            <w:r w:rsidRPr="009B5038">
+            <w:r w:rsidRPr="0068749E">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:eastAsia="vi-VN"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Giao Phòng Nghiệp vụ 1 mời.</w:t>
+              <w:t>Làm việc tại cơ quan.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="471C4E16" w14:textId="40D876A3" w:rsidR="00E60A1A" w:rsidRPr="009B5038" w:rsidRDefault="00905A38" w:rsidP="004F638B">
+          <w:p w14:paraId="6272787E" w14:textId="77777777" w:rsidR="0068749E" w:rsidRPr="0068749E" w:rsidRDefault="0068749E" w:rsidP="0068749E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="-105" w:right="-105" w:firstLine="138"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:eastAsia="vi-VN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B5038">
+            <w:r w:rsidRPr="0068749E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:eastAsia="vi-VN"/>
               </w:rPr>
+              <w:t xml:space="preserve">3. Phó Chánh Thanh tra Trần Thị Song Bình: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0068749E">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="vi-VN"/>
+              </w:rPr>
+              <w:t>Chủ trì làm việc theo nội dung đơn của công dân.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C8565F8" w14:textId="77777777" w:rsidR="0068749E" w:rsidRPr="0068749E" w:rsidRDefault="0068749E" w:rsidP="0068749E">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="-105" w:right="-105" w:firstLine="138"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="vi-VN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0068749E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="vi-VN"/>
+              </w:rPr>
+              <w:t>Thành phần:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0068749E">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="vi-VN"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Giao Phòng Nghiệp vụ 1 mời.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="471C4E16" w14:textId="04A5C007" w:rsidR="0068749E" w:rsidRPr="0068749E" w:rsidRDefault="0068749E" w:rsidP="0068749E">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="-105" w:right="-105" w:firstLine="138"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="vi-VN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0068749E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="vi-VN"/>
+              </w:rPr>
               <w:t>Thời gian, địa điểm:</w:t>
             </w:r>
-            <w:r w:rsidR="00F950C6" w:rsidRPr="009B5038">
+            <w:r w:rsidRPr="0068749E">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:eastAsia="vi-VN"/>
               </w:rPr>
               <w:t xml:space="preserve"> 14 giờ 00 phút, tại Phòng họp phòng Nghiệp vụ 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F062E1" w:rsidRPr="009B5038" w14:paraId="056056AD" w14:textId="77777777" w:rsidTr="00966BA4">
+      <w:tr w:rsidR="0068749E" w:rsidRPr="009B5038" w14:paraId="056056AD" w14:textId="77777777" w:rsidTr="00966BA4">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5194FD15" w14:textId="77777777" w:rsidR="00F25766" w:rsidRPr="009B5038" w:rsidRDefault="00F25766" w:rsidP="00C24852">
+          <w:p w14:paraId="3C8A4758" w14:textId="77777777" w:rsidR="0068749E" w:rsidRPr="0068749E" w:rsidRDefault="0068749E" w:rsidP="0068749E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="-114" w:right="-102" w:hanging="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B5038">
+            <w:r w:rsidRPr="0068749E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>THỨ TƯ</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4A4AC026" w14:textId="2067C228" w:rsidR="00F25766" w:rsidRPr="009B5038" w:rsidRDefault="00F25766" w:rsidP="00C24852">
+          <w:p w14:paraId="4A4AC026" w14:textId="1FDFDA48" w:rsidR="0068749E" w:rsidRPr="0068749E" w:rsidRDefault="0068749E" w:rsidP="0068749E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="-114" w:right="-102" w:hanging="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B5038">
+            <w:r w:rsidRPr="0068749E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...19 lines deleted...]
-              <w:t>/2026)</w:t>
+              <w:t>(04/02/2026)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="30BA60A0" w14:textId="0CC57F5A" w:rsidR="00F25766" w:rsidRPr="009B5038" w:rsidRDefault="00F25766" w:rsidP="00C24852">
+          <w:p w14:paraId="30BA60A0" w14:textId="6034A86B" w:rsidR="0068749E" w:rsidRPr="0068749E" w:rsidRDefault="0068749E" w:rsidP="0068749E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="-114" w:right="-111"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B5038">
+            <w:r w:rsidRPr="0068749E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>Sáng</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8644" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="681193CF" w14:textId="724FD391" w:rsidR="009067AA" w:rsidRPr="009B5038" w:rsidRDefault="006768C2" w:rsidP="00501BBE">
+          <w:p w14:paraId="01EDBEA2" w14:textId="77777777" w:rsidR="0068749E" w:rsidRPr="0068749E" w:rsidRDefault="0068749E" w:rsidP="0068749E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="-105" w:right="-113" w:firstLine="138"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B5038">
+            <w:r w:rsidRPr="0068749E">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="26"/>
-[...2 lines deleted...]
-              <w:t>Chánh Thanh tra</w:t>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1. Chánh Thanh tra: </w:t>
             </w:r>
-            <w:r w:rsidR="00501BBE" w:rsidRPr="009B5038">
+            <w:r w:rsidRPr="0068749E">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Dự Hội nghị trực tuyến toàn quốc hướng dẫn nghiệp vụ công tác bầu cử.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18B710D0" w14:textId="77777777" w:rsidR="0068749E" w:rsidRPr="0068749E" w:rsidRDefault="0068749E" w:rsidP="0068749E">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="-105" w:right="-113" w:firstLine="138"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0068749E">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="26"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> và các Phó Chánh Thanh tra: </w:t>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cùng dự: </w:t>
             </w:r>
-            <w:r w:rsidR="00501BBE" w:rsidRPr="009B5038">
+            <w:r w:rsidRPr="0068749E">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Phó Chánh Văn phòng Phan Vũ Bình.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="420CCBBD" w14:textId="77777777" w:rsidR="0068749E" w:rsidRPr="0068749E" w:rsidRDefault="0068749E" w:rsidP="0068749E">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="-105" w:right="-113" w:firstLine="138"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0068749E">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Thời gian, địa điểm: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0068749E">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>07 giờ 30 phút, tại Phòng họp trực tuyến - Trụ sở UBND tỉnh Đồng Nai (Lái xe: Tỷ).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FF0E9C6" w14:textId="77777777" w:rsidR="0068749E" w:rsidRPr="0068749E" w:rsidRDefault="0068749E" w:rsidP="0068749E">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="-105" w:right="-113" w:firstLine="138"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0068749E">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. Các Phó Chánh Thanh tra (Phạm Văn Thuấn, Trần Thị Song Bình): </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0068749E">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>Làm việc tại cơ quan.</w:t>
             </w:r>
-            <w:r w:rsidRPr="009B5038">
+            <w:r w:rsidRPr="0068749E">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58454225" w14:textId="77777777" w:rsidR="0068749E" w:rsidRPr="0068749E" w:rsidRDefault="0068749E" w:rsidP="0068749E">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="-105" w:right="-113" w:firstLine="138"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0068749E">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3. Phó Chánh Thanh tra Hồ Thanh Bông: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0068749E">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Dự Lễ viếng, truy điệu, an táng hài cốt liệt sĩ tại Nghĩa trang liệt sĩ Bình Phước.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="740770F6" w14:textId="77777777" w:rsidR="0068749E" w:rsidRPr="0068749E" w:rsidRDefault="0068749E" w:rsidP="0068749E">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:ind w:left="-105" w:right="-113" w:firstLine="138"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0068749E">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Thời gian, địa điểm: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0068749E">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>06 giờ 30 phút, tại Nghĩa trang Liệt sĩ Bình Phước.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C85804E" w14:textId="77777777" w:rsidR="0068749E" w:rsidRPr="0068749E" w:rsidRDefault="0068749E" w:rsidP="0068749E">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="-105" w:right="-113" w:firstLine="138"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0068749E">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>4. Phó Chánh Thanh tra Phạm Ngọc Hà:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0068749E">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Tham dự Hội nghị tổng kết, đánh giá thực hiện thu thập hồ sơ, tài liệu vào Lưu trữ lịch sử giai đoạn 2020-2025.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="681193CF" w14:textId="089822C1" w:rsidR="0068749E" w:rsidRPr="0068749E" w:rsidRDefault="0068749E" w:rsidP="0068749E">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="-105" w:right="-113" w:firstLine="138"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0068749E">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Thời gian, địa điểm:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0068749E">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 08 giờ 30 phút, tại Hội trường Trung tâm Lưu trữ lịch sử tỉnh.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F062E1" w:rsidRPr="009B5038" w14:paraId="7536AA64" w14:textId="77777777" w:rsidTr="00966BA4">
+      <w:tr w:rsidR="0068749E" w:rsidRPr="009B5038" w14:paraId="7536AA64" w14:textId="77777777" w:rsidTr="00966BA4">
         <w:trPr>
           <w:trHeight w:val="428"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E76D2AA" w14:textId="77777777" w:rsidR="00F25766" w:rsidRPr="009B5038" w:rsidRDefault="00F25766" w:rsidP="00C24852">
+          <w:p w14:paraId="7E76D2AA" w14:textId="77777777" w:rsidR="0068749E" w:rsidRPr="0068749E" w:rsidRDefault="0068749E" w:rsidP="0068749E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="-114" w:right="-102" w:hanging="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F7CC190" w14:textId="5FF643F6" w:rsidR="00F25766" w:rsidRPr="009B5038" w:rsidRDefault="00F25766" w:rsidP="00C24852">
+          <w:p w14:paraId="2F7CC190" w14:textId="17826F59" w:rsidR="0068749E" w:rsidRPr="0068749E" w:rsidRDefault="0068749E" w:rsidP="0068749E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="-114" w:right="-111"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B5038">
+            <w:r w:rsidRPr="0068749E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>Chiều</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8644" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="743360D4" w14:textId="696843D7" w:rsidR="00CB5472" w:rsidRPr="009B5038" w:rsidRDefault="00360818" w:rsidP="00D60258">
+          <w:p w14:paraId="62C0A977" w14:textId="77777777" w:rsidR="0068749E" w:rsidRPr="0068749E" w:rsidRDefault="0068749E" w:rsidP="0068749E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="-105" w:right="-105" w:firstLine="138"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B5038">
+            <w:r w:rsidRPr="0068749E">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
-              <w:t>1.</w:t>
+              <w:t xml:space="preserve">1. Chánh Thanh tra: </w:t>
             </w:r>
-            <w:r w:rsidR="000C17BA" w:rsidRPr="009B5038">
-[...17 lines deleted...]
-            <w:r w:rsidR="00CB5472" w:rsidRPr="009B5038">
+            <w:r w:rsidRPr="0068749E">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
-              <w:t xml:space="preserve">Giám sát quay thưởng Xổ số kiến thiết Đồng Nai. </w:t>
+              <w:t>Giám sát quay thưởng Xổ số kiến thiết Đồng Nai.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3BF8A148" w14:textId="77777777" w:rsidR="00965FEA" w:rsidRPr="009B5038" w:rsidRDefault="00CB5472" w:rsidP="00A537A2">
+          <w:p w14:paraId="143225FC" w14:textId="77777777" w:rsidR="0068749E" w:rsidRPr="0068749E" w:rsidRDefault="0068749E" w:rsidP="0068749E">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="-105" w:right="-113" w:firstLine="138"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B5038">
+            <w:r w:rsidRPr="0068749E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>Thời gian, địa điểm:</w:t>
             </w:r>
-            <w:r w:rsidRPr="009B5038">
-              <w:rPr>
+            <w:r w:rsidRPr="0068749E">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 16 giờ 00 phút, t</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0068749E">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>ại Công ty TNHH MTV Xổ số kiến thiết và Dịch vụ tổng hợp Đồng Nai, số 1894 Nguyễn Ái Quốc, Khu phố 4, phường Trấn Biên (Lái xe: Tỷ).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62E7E04E" w14:textId="77777777" w:rsidR="0068749E" w:rsidRPr="0068749E" w:rsidRDefault="0068749E" w:rsidP="0068749E">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="-105" w:right="-105" w:firstLine="138"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0068749E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0068749E">
+              <w:rPr>
+                <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="009B5038">
+            <w:r w:rsidRPr="0068749E">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Phó Chánh Thanh tra Phạm Văn Thuấn:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0068749E">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
-              <w:t>16 giờ 00 phút, tại Công ty TNHH MTV Xổ số kiến thiết và Dịch vụ tổng hợp Đồng Nai, số 1894 Nguyễn Ái Quốc, Khu phố 4, phường Trấn Biên (Lái xe: Tỷ).</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0068749E">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Dự Phiên họp Chính phủ thường kỳ tháng 01 năm 2026.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="601A8A40" w14:textId="0B23A148" w:rsidR="001E7B7B" w:rsidRPr="009B5038" w:rsidRDefault="00501BBE" w:rsidP="00A537A2">
+          <w:p w14:paraId="7494ED2B" w14:textId="77777777" w:rsidR="0068749E" w:rsidRPr="0068749E" w:rsidRDefault="0068749E" w:rsidP="0068749E">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="-105" w:right="-105" w:firstLine="138"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0068749E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Thời gian, địa điểm: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0068749E">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>14 giờ 00 phút, tại Trụ sở Khối Nhà nước tỉnh.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="105B8CDA" w14:textId="77777777" w:rsidR="0068749E" w:rsidRPr="0068749E" w:rsidRDefault="0068749E" w:rsidP="0068749E">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="-105" w:right="-113" w:firstLine="138"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0068749E">
+              <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">3. Phó Chánh Thanh tra Hồ Thanh Bông: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0068749E">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Dự lễ viếng và dâng hương tưởng niệm các anh hùng liệt sĩ tại Nghĩa trang liệt sĩ Bình Phước</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23372EFC" w14:textId="77777777" w:rsidR="0068749E" w:rsidRPr="0068749E" w:rsidRDefault="0068749E" w:rsidP="0068749E">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:ind w:left="-105" w:right="-113" w:firstLine="138"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B5038">
+            <w:r w:rsidRPr="0068749E">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
-              <w:t xml:space="preserve">2. Các Phó Chánh Thanh tra: </w:t>
+              <w:t xml:space="preserve">Thời gian, địa điểm: </w:t>
             </w:r>
-            <w:r w:rsidRPr="009B5038">
+            <w:r w:rsidRPr="0068749E">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>14 giờ 00 phút, tại Nghĩa trang Liệt sĩ Bình Phước.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="601A8A40" w14:textId="17123E55" w:rsidR="0068749E" w:rsidRPr="0068749E" w:rsidRDefault="0068749E" w:rsidP="0068749E">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:ind w:left="-105" w:right="-113" w:firstLine="138"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0068749E">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4. Các Phó Chánh Thanh tra (Trần Thị Song Bình, Phạm Ngọc Hà): </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0068749E">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>Làm việc tại cơ quan.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F062E1" w:rsidRPr="009B5038" w14:paraId="71E1B48B" w14:textId="77777777" w:rsidTr="00966BA4">
+      <w:tr w:rsidR="0068749E" w:rsidRPr="009B5038" w14:paraId="71E1B48B" w14:textId="77777777" w:rsidTr="00966BA4">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="448D7FA6" w14:textId="65522B09" w:rsidR="00F25766" w:rsidRPr="009B5038" w:rsidRDefault="00F25766" w:rsidP="00C24852">
+          <w:p w14:paraId="155AE155" w14:textId="77777777" w:rsidR="0068749E" w:rsidRPr="0068749E" w:rsidRDefault="0068749E" w:rsidP="0068749E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="-114" w:right="-102" w:hanging="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B5038">
+            <w:r w:rsidRPr="0068749E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>THỨ NĂM</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="637EE06D" w14:textId="747A06CF" w:rsidR="00F25766" w:rsidRPr="009B5038" w:rsidRDefault="00F25766" w:rsidP="00C24852">
+          <w:p w14:paraId="637EE06D" w14:textId="5A832B8E" w:rsidR="0068749E" w:rsidRPr="0068749E" w:rsidRDefault="0068749E" w:rsidP="0068749E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="-111" w:right="-102" w:hanging="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B5038">
+            <w:r w:rsidRPr="0068749E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...19 lines deleted...]
-              <w:t>/2026)</w:t>
+              <w:t>(05/02/2026)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="676CF8AE" w14:textId="03F0AE86" w:rsidR="00F25766" w:rsidRPr="009B5038" w:rsidRDefault="00F25766" w:rsidP="00C24852">
+          <w:p w14:paraId="676CF8AE" w14:textId="069A6AF3" w:rsidR="0068749E" w:rsidRPr="0068749E" w:rsidRDefault="0068749E" w:rsidP="0068749E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="-111" w:right="-102" w:hanging="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B5038">
+            <w:r w:rsidRPr="0068749E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>Sáng</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8644" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2FD29BF1" w14:textId="28A108E7" w:rsidR="00F950C6" w:rsidRPr="009B5038" w:rsidRDefault="00B11170" w:rsidP="00F950C6">
+          <w:p w14:paraId="0E7AA202" w14:textId="77777777" w:rsidR="0068749E" w:rsidRPr="0068749E" w:rsidRDefault="0068749E" w:rsidP="0068749E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="-105" w:right="-113" w:firstLine="138"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0068749E">
+              <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">1. </w:t>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1. Chánh Thanh tra: </w:t>
             </w:r>
-            <w:r w:rsidR="00F950C6" w:rsidRPr="009B5038">
-[...34 lines deleted...]
-              <w:t xml:space="preserve"> (Cả ngày).</w:t>
+            <w:r w:rsidRPr="0068749E">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Dự họp về tình hình kinh tế - xã hội thường kỳ tháng 01/2026.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3DB53E00" w14:textId="77777777" w:rsidR="00F950C6" w:rsidRPr="009B5038" w:rsidRDefault="00F950C6" w:rsidP="00F950C6">
+          <w:p w14:paraId="11A5EA64" w14:textId="77777777" w:rsidR="0068749E" w:rsidRPr="0068749E" w:rsidRDefault="0068749E" w:rsidP="0068749E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="-105" w:right="-113" w:firstLine="138"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-                <w:szCs w:val="26"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B5038">
+            <w:r w:rsidRPr="0068749E">
               <w:rPr>
                 <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Thời gian, địa điểm: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0068749E">
+              <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="26"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve">Thành phần: </w:t>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>08 giờ 00 phút, tại</w:t>
             </w:r>
-            <w:r w:rsidRPr="009B5038">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">Lãnh đạo và công chức phòng Nghiệp vụ 1. </w:t>
+            <w:r w:rsidRPr="0068749E">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0068749E">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Trụ sở Khối Nhà nước tỉnh (Lái xe: Tỷ)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6D184A7B" w14:textId="216EE760" w:rsidR="00F950C6" w:rsidRPr="009B5038" w:rsidRDefault="00F950C6" w:rsidP="00F950C6">
-[...37 lines deleted...]
-          <w:p w14:paraId="5A8D1815" w14:textId="7163C0D0" w:rsidR="009237CD" w:rsidRPr="009B5038" w:rsidRDefault="00501BBE" w:rsidP="00501BBE">
+          <w:p w14:paraId="5A8D1815" w14:textId="251DB2A1" w:rsidR="0068749E" w:rsidRPr="0068749E" w:rsidRDefault="0068749E" w:rsidP="0068749E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="-105" w:right="-105" w:firstLine="138"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B5038">
+            <w:r w:rsidRPr="0068749E">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
               <w:t xml:space="preserve">2. Các Phó Chánh Thanh tra: </w:t>
             </w:r>
-            <w:r w:rsidRPr="009B5038">
+            <w:r w:rsidRPr="0068749E">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>Làm việc tại cơ quan.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F062E1" w:rsidRPr="009B5038" w14:paraId="366C8EE7" w14:textId="77777777" w:rsidTr="00966BA4">
+      <w:tr w:rsidR="0068749E" w:rsidRPr="009B5038" w14:paraId="366C8EE7" w14:textId="77777777" w:rsidTr="00966BA4">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23B33DA2" w14:textId="77777777" w:rsidR="00F25766" w:rsidRPr="009B5038" w:rsidRDefault="00F25766" w:rsidP="00C24852">
+          <w:p w14:paraId="23B33DA2" w14:textId="77777777" w:rsidR="0068749E" w:rsidRPr="0068749E" w:rsidRDefault="0068749E" w:rsidP="0068749E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="-114" w:right="-102" w:hanging="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E503E01" w14:textId="10C95822" w:rsidR="00F25766" w:rsidRPr="009B5038" w:rsidRDefault="00F25766" w:rsidP="00C24852">
+          <w:p w14:paraId="2E503E01" w14:textId="5222CA6A" w:rsidR="0068749E" w:rsidRPr="0068749E" w:rsidRDefault="0068749E" w:rsidP="0068749E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="-111" w:right="-102" w:hanging="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B5038">
+            <w:r w:rsidRPr="0068749E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>Chiều</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8644" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="57677125" w14:textId="4BE679D3" w:rsidR="00DC033F" w:rsidRPr="009B5038" w:rsidRDefault="00501BBE" w:rsidP="00501BBE">
+          <w:p w14:paraId="19C59AF0" w14:textId="77777777" w:rsidR="0068749E" w:rsidRPr="0068749E" w:rsidRDefault="0068749E" w:rsidP="0068749E">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="-105" w:right="-113" w:firstLine="138"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0068749E">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>1. Chánh Thanh tra</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0068749E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0068749E">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Trực tiếp công dân định kỳ (Cả ngày).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4CD5B8B0" w14:textId="77777777" w:rsidR="0068749E" w:rsidRPr="0068749E" w:rsidRDefault="0068749E" w:rsidP="0068749E">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="-105" w:right="-113" w:firstLine="138"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0068749E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Thành phần: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0068749E">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lãnh đạo và công chức phòng Nghiệp vụ 1. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E1B0710" w14:textId="77777777" w:rsidR="0068749E" w:rsidRPr="0068749E" w:rsidRDefault="0068749E" w:rsidP="0068749E">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="-105" w:right="-113" w:firstLine="138"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0068749E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Thời gian, địa điểm: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0068749E">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>14 giờ 00 phút, tại Phòng Tiếp công dân (Tầng 7).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2DEAC376" w14:textId="77777777" w:rsidR="0068749E" w:rsidRPr="0068749E" w:rsidRDefault="0068749E" w:rsidP="0068749E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="-105" w:right="-105" w:firstLine="138"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0068749E">
+              <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
+              <w:t xml:space="preserve">2. Các Phó Chánh Thanh tra (Phạm Văn Thuấn, Hồ Thanh Bông, Phạm Ngọc Hà): </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0068749E">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Làm việc tại cơ quan.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="225946C2" w14:textId="77777777" w:rsidR="0068749E" w:rsidRPr="0068749E" w:rsidRDefault="0068749E" w:rsidP="0068749E">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:ind w:left="-108" w:right="-113" w:firstLine="113"/>
+              <w:contextualSpacing w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="vi-VN"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B5038">
+            <w:r w:rsidRPr="0068749E">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
-              <w:t xml:space="preserve">Các Phó Chánh Thanh tra: </w:t>
+              <w:t>3. Phó Chánh Thanh tra</w:t>
             </w:r>
-            <w:r w:rsidRPr="009B5038">
+            <w:r w:rsidRPr="0068749E">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="vi-VN"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Trần Thị Song Bình: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0068749E">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
-              </w:rPr>
-              <w:t>Làm việc tại cơ quan.</w:t>
+                <w:lang w:eastAsia="vi-VN"/>
+              </w:rPr>
+              <w:t>Họp sinh hoạt chi bộ tại chi bộ 1.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57677125" w14:textId="55FC3F7E" w:rsidR="0068749E" w:rsidRPr="0068749E" w:rsidRDefault="0068749E" w:rsidP="0068749E">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="-105" w:right="-105" w:firstLine="138"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0068749E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="vi-VN" w:eastAsia="vi-VN"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Thời gian, địa điểm: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0068749E">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="vi-VN"/>
+              </w:rPr>
+              <w:t xml:space="preserve">14 giờ 00 phút, tại </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0068749E">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Phòng họp của Phòng Nghiệp vụ 1 - Thanh tra tỉnh (Tầng 7).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F062E1" w:rsidRPr="009B5038" w14:paraId="5463C8F3" w14:textId="77777777" w:rsidTr="00966BA4">
+      <w:tr w:rsidR="0068749E" w:rsidRPr="009B5038" w14:paraId="5463C8F3" w14:textId="77777777" w:rsidTr="00966BA4">
         <w:trPr>
           <w:trHeight w:val="416"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2D3BFECA" w14:textId="0354CB8B" w:rsidR="003C5484" w:rsidRPr="009B5038" w:rsidRDefault="003C5484" w:rsidP="00C24852">
+          <w:p w14:paraId="689C2E9D" w14:textId="77777777" w:rsidR="0068749E" w:rsidRPr="0068749E" w:rsidRDefault="0068749E" w:rsidP="0068749E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="-114" w:right="-102" w:hanging="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B5038">
+            <w:r w:rsidRPr="0068749E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>THỨ SÁU</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="664ACBA4" w14:textId="788936C9" w:rsidR="003C5484" w:rsidRPr="009B5038" w:rsidRDefault="003C5484" w:rsidP="00C24852">
+          <w:p w14:paraId="664ACBA4" w14:textId="4AB51E97" w:rsidR="0068749E" w:rsidRPr="0068749E" w:rsidRDefault="0068749E" w:rsidP="0068749E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="-111" w:right="-102" w:hanging="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B5038">
+            <w:r w:rsidRPr="0068749E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...19 lines deleted...]
-              <w:t>/2026)</w:t>
+              <w:t>(06/02/2026)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E7333E9" w14:textId="5B0CF000" w:rsidR="003C5484" w:rsidRPr="009B5038" w:rsidRDefault="003C5484" w:rsidP="00C24852">
+          <w:p w14:paraId="5E7333E9" w14:textId="7F5B7D7C" w:rsidR="0068749E" w:rsidRPr="0068749E" w:rsidRDefault="0068749E" w:rsidP="0068749E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="-111" w:right="-102" w:hanging="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B5038">
+            <w:r w:rsidRPr="0068749E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>Sáng</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8644" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="049B499D" w14:textId="7EF36141" w:rsidR="00A02DE9" w:rsidRPr="009B5038" w:rsidRDefault="00501BBE" w:rsidP="00501BBE">
+          <w:p w14:paraId="7116C2A7" w14:textId="77777777" w:rsidR="0068749E" w:rsidRPr="0068749E" w:rsidRDefault="0068749E" w:rsidP="0068749E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="-105" w:right="-105" w:firstLine="138"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0068749E">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>1. Chánh Thanh tra</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0068749E">
+              <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
+              <w:t>: Tham dự Hội nghị sơ kết triển khai đề án phát triển ứng dụng dữ liệu về dân cư, định danh và xác thực điện tử phục vụ chuyển đổi số quốc gia giai đoạn 2022 - 2025 trên địa bàn tỉnh Đồng Nai.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11366DB1" w14:textId="77777777" w:rsidR="0068749E" w:rsidRPr="0068749E" w:rsidRDefault="0068749E" w:rsidP="0068749E">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="-105" w:right="-105" w:firstLine="138"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B5038">
+            <w:r w:rsidRPr="0068749E">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="26"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve">Chánh Thanh tra và các Phó Chánh Thanh tra: </w:t>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cùng dự: </w:t>
             </w:r>
-            <w:r w:rsidRPr="009B5038">
+            <w:r w:rsidRPr="0068749E">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Phó Chánh Văn phòng Lê Nguyên Tánh.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="701ADDDD" w14:textId="77777777" w:rsidR="0068749E" w:rsidRPr="0068749E" w:rsidRDefault="0068749E" w:rsidP="0068749E">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="-105" w:right="-105" w:firstLine="138"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0068749E">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Thời gian, địa điểm: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0068749E">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>08 giờ 00 phút, tại Phòng họp trực tuyến tầng 7 - Trụ sở Khối Nhà nước tỉnh (Lái xe: Tỷ).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="049B499D" w14:textId="51BE5AD3" w:rsidR="0068749E" w:rsidRPr="0068749E" w:rsidRDefault="0068749E" w:rsidP="0068749E">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="-105" w:right="-105" w:firstLine="138"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0068749E">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. Các Phó Chánh Thanh tra: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0068749E">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>Làm việc tại cơ quan.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F062E1" w:rsidRPr="009B5038" w14:paraId="46D307B9" w14:textId="77777777" w:rsidTr="00966BA4">
+      <w:tr w:rsidR="0068749E" w:rsidRPr="009B5038" w14:paraId="46D307B9" w14:textId="77777777" w:rsidTr="00966BA4">
         <w:trPr>
           <w:trHeight w:val="461"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="057E8838" w14:textId="77777777" w:rsidR="003C5484" w:rsidRPr="009B5038" w:rsidRDefault="003C5484" w:rsidP="00C24852">
+          <w:p w14:paraId="057E8838" w14:textId="77777777" w:rsidR="0068749E" w:rsidRPr="0068749E" w:rsidRDefault="0068749E" w:rsidP="0068749E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="-114" w:right="-102" w:hanging="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="623C79AC" w14:textId="0D2303F2" w:rsidR="003C5484" w:rsidRPr="009B5038" w:rsidRDefault="003C5484" w:rsidP="00C24852">
+          <w:p w14:paraId="623C79AC" w14:textId="7187EF3C" w:rsidR="0068749E" w:rsidRPr="0068749E" w:rsidRDefault="0068749E" w:rsidP="0068749E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="-111" w:right="-102" w:hanging="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B5038">
+            <w:r w:rsidRPr="0068749E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>Chiều</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8644" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4514B791" w14:textId="191ACD4B" w:rsidR="003C5484" w:rsidRPr="009B5038" w:rsidRDefault="00501BBE" w:rsidP="00501BBE">
+          <w:p w14:paraId="4514B791" w14:textId="04F489DF" w:rsidR="0068749E" w:rsidRPr="0068749E" w:rsidRDefault="0068749E" w:rsidP="0068749E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:right="-105"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B5038">
+            <w:r w:rsidRPr="0068749E">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>Chánh Thanh tra và các Phó Chánh Thanh tra: Làm việc tại cơ quan.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="445F32D3" w14:textId="2EEC82E1" w:rsidR="00EC54CE" w:rsidRPr="009B5038" w:rsidRDefault="00861983" w:rsidP="005F7F14">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="-102" w:right="-143"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B5038">
         <w:rPr>
           <w:b/>
           <w:i/>
@@ -4375,58 +4860,58 @@
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00A378AA" w:rsidRPr="009B5038" w:rsidSect="00DE40C0">
       <w:headerReference w:type="even" r:id="rId8"/>
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:headerReference w:type="first" r:id="rId10"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="851" w:right="851" w:bottom="568" w:left="851" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7D9A455A" w14:textId="77777777" w:rsidR="00A37FA9" w:rsidRDefault="00A37FA9" w:rsidP="00965F40">
+    <w:p w14:paraId="4E4CECEB" w14:textId="77777777" w:rsidR="007F4816" w:rsidRDefault="007F4816" w:rsidP="00965F40">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="611C38BB" w14:textId="77777777" w:rsidR="00A37FA9" w:rsidRDefault="00A37FA9" w:rsidP="00965F40">
+    <w:p w14:paraId="786A2E80" w14:textId="77777777" w:rsidR="007F4816" w:rsidRDefault="007F4816" w:rsidP="00965F40">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
@@ -4467,58 +4952,58 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="5000785B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="TimesNewRoman">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4F6A8BBA" w14:textId="77777777" w:rsidR="00A37FA9" w:rsidRDefault="00A37FA9" w:rsidP="00965F40">
+    <w:p w14:paraId="4AF93151" w14:textId="77777777" w:rsidR="007F4816" w:rsidRDefault="007F4816" w:rsidP="00965F40">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3D1120E7" w14:textId="77777777" w:rsidR="00A37FA9" w:rsidRDefault="00A37FA9" w:rsidP="00965F40">
+    <w:p w14:paraId="0F53BB74" w14:textId="77777777" w:rsidR="007F4816" w:rsidRDefault="007F4816" w:rsidP="00965F40">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="518743BA" w14:textId="10C4A0A8" w:rsidR="00094F7D" w:rsidRDefault="00094F7D" w:rsidP="00965F40">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
@@ -13516,50 +14001,51 @@
     <w:rsid w:val="00680F16"/>
     <w:rsid w:val="00681091"/>
     <w:rsid w:val="00681537"/>
     <w:rsid w:val="00681A8B"/>
     <w:rsid w:val="00681B98"/>
     <w:rsid w:val="00681CDB"/>
     <w:rsid w:val="006829AC"/>
     <w:rsid w:val="00682DBA"/>
     <w:rsid w:val="00683416"/>
     <w:rsid w:val="00683990"/>
     <w:rsid w:val="00683FE8"/>
     <w:rsid w:val="006845CE"/>
     <w:rsid w:val="0068465E"/>
     <w:rsid w:val="006846B6"/>
     <w:rsid w:val="006848E8"/>
     <w:rsid w:val="00684970"/>
     <w:rsid w:val="00684B60"/>
     <w:rsid w:val="00684D79"/>
     <w:rsid w:val="00684EBB"/>
     <w:rsid w:val="0068501D"/>
     <w:rsid w:val="00685091"/>
     <w:rsid w:val="00685307"/>
     <w:rsid w:val="00685D40"/>
     <w:rsid w:val="00686021"/>
     <w:rsid w:val="006870A8"/>
+    <w:rsid w:val="0068749E"/>
     <w:rsid w:val="006878AA"/>
     <w:rsid w:val="00690109"/>
     <w:rsid w:val="006904C2"/>
     <w:rsid w:val="00690913"/>
     <w:rsid w:val="00690B87"/>
     <w:rsid w:val="00690DCB"/>
     <w:rsid w:val="00690FEE"/>
     <w:rsid w:val="006911EF"/>
     <w:rsid w:val="00691588"/>
     <w:rsid w:val="0069183D"/>
     <w:rsid w:val="00691B46"/>
     <w:rsid w:val="00691D2A"/>
     <w:rsid w:val="00691DB8"/>
     <w:rsid w:val="00692329"/>
     <w:rsid w:val="006923BF"/>
     <w:rsid w:val="006925C6"/>
     <w:rsid w:val="006927DE"/>
     <w:rsid w:val="00692881"/>
     <w:rsid w:val="00692AD3"/>
     <w:rsid w:val="00692AEA"/>
     <w:rsid w:val="0069301A"/>
     <w:rsid w:val="00693055"/>
     <w:rsid w:val="006932BD"/>
     <w:rsid w:val="00693576"/>
     <w:rsid w:val="00693A80"/>
@@ -14399,50 +14885,51 @@
     <w:rsid w:val="007E7446"/>
     <w:rsid w:val="007E74C2"/>
     <w:rsid w:val="007E7906"/>
     <w:rsid w:val="007E7C88"/>
     <w:rsid w:val="007F00E0"/>
     <w:rsid w:val="007F0753"/>
     <w:rsid w:val="007F096E"/>
     <w:rsid w:val="007F0A7D"/>
     <w:rsid w:val="007F0F0F"/>
     <w:rsid w:val="007F1113"/>
     <w:rsid w:val="007F11FA"/>
     <w:rsid w:val="007F1A64"/>
     <w:rsid w:val="007F1AA9"/>
     <w:rsid w:val="007F1FBA"/>
     <w:rsid w:val="007F25B4"/>
     <w:rsid w:val="007F2734"/>
     <w:rsid w:val="007F2B54"/>
     <w:rsid w:val="007F2C10"/>
     <w:rsid w:val="007F3608"/>
     <w:rsid w:val="007F3657"/>
     <w:rsid w:val="007F3E2E"/>
     <w:rsid w:val="007F3E57"/>
     <w:rsid w:val="007F4241"/>
     <w:rsid w:val="007F4438"/>
     <w:rsid w:val="007F4791"/>
+    <w:rsid w:val="007F4816"/>
     <w:rsid w:val="007F4910"/>
     <w:rsid w:val="007F491F"/>
     <w:rsid w:val="007F4BC7"/>
     <w:rsid w:val="007F4BE9"/>
     <w:rsid w:val="007F4F69"/>
     <w:rsid w:val="007F555E"/>
     <w:rsid w:val="007F55EF"/>
     <w:rsid w:val="007F5A41"/>
     <w:rsid w:val="007F60EB"/>
     <w:rsid w:val="007F618B"/>
     <w:rsid w:val="007F6729"/>
     <w:rsid w:val="007F69DF"/>
     <w:rsid w:val="007F70E3"/>
     <w:rsid w:val="007F7512"/>
     <w:rsid w:val="007F7B32"/>
     <w:rsid w:val="008003CE"/>
     <w:rsid w:val="008007EE"/>
     <w:rsid w:val="008009DC"/>
     <w:rsid w:val="00800A0A"/>
     <w:rsid w:val="00800C33"/>
     <w:rsid w:val="00800E50"/>
     <w:rsid w:val="00801288"/>
     <w:rsid w:val="00801423"/>
     <w:rsid w:val="008014DF"/>
     <w:rsid w:val="008018E6"/>
@@ -24537,70 +25024,70 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{569F0700-7F02-42B5-B47C-FDEFB3BE4BE5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>3723</Characters>
+  <Pages>3</Pages>
+  <Words>958</Words>
+  <Characters>5462</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>31</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>45</Lines>
+  <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Grizli777</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4368</CharactersWithSpaces>
+  <CharactersWithSpaces>6408</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>User</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>